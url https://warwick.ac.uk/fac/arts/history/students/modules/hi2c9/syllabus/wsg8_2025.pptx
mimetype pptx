--- v0 (2025-11-23)
+++ v1 (2026-02-19)
@@ -11,51 +11,50 @@
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
@@ -74,51 +73,50 @@
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="258" r:id="rId4"/>
     <p:sldId id="261" r:id="rId5"/>
     <p:sldId id="273" r:id="rId6"/>
     <p:sldId id="275" r:id="rId7"/>
     <p:sldId id="285" r:id="rId8"/>
     <p:sldId id="265" r:id="rId9"/>
     <p:sldId id="277" r:id="rId10"/>
     <p:sldId id="272" r:id="rId11"/>
     <p:sldId id="278" r:id="rId12"/>
     <p:sldId id="281" r:id="rId13"/>
     <p:sldId id="282" r:id="rId14"/>
     <p:sldId id="260" r:id="rId15"/>
     <p:sldId id="269" r:id="rId16"/>
     <p:sldId id="266" r:id="rId17"/>
     <p:sldId id="279" r:id="rId18"/>
     <p:sldId id="284" r:id="rId19"/>
     <p:sldId id="290" r:id="rId20"/>
     <p:sldId id="289" r:id="rId21"/>
     <p:sldId id="262" r:id="rId22"/>
     <p:sldId id="267" r:id="rId23"/>
     <p:sldId id="291" r:id="rId24"/>
     <p:sldId id="287" r:id="rId25"/>
     <p:sldId id="288" r:id="rId26"/>
     <p:sldId id="270" r:id="rId27"/>
-    <p:sldId id="292" r:id="rId28"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -202,91 +200,91 @@
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
-    <p:restoredLeft sz="19753"/>
+    <p:restoredLeft sz="19756"/>
     <p:restoredTop sz="94613"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="90" d="100"/>
-          <a:sy n="90" d="100"/>
+          <a:sx n="115" d="100"/>
+          <a:sy n="115" d="100"/>
         </p:scale>
-        <p:origin x="232" y="1184"/>
+        <p:origin x="232" y="360"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -821,51 +819,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="10158984" y="1792224"/>
             <a:ext cx="990599" cy="304799"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="8951976" y="3227832"/>
             <a:ext cx="3867912" cy="310896"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -1798,51 +1796,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2663,51 +2661,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3679,51 +3677,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4594,51 +4592,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5245,51 +5243,51 @@
           <a:effectRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6097,51 +6095,51 @@
           <a:effectRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6275,51 +6273,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7127,51 +7125,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7341,51 +7339,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="1000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="en-US"/>
@@ -8261,51 +8259,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="1000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="en-US"/>
@@ -8540,51 +8538,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -8925,51 +8923,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9046,51 +9044,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -9136,51 +9134,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -10102,51 +10100,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -11092,51 +11090,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>
               </a:t>
             </a:r>
@@ -11980,51 +11978,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10652760" y="6391656"/>
             <a:ext cx="990599" cy="304799"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1000" b="1" i="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{24BC002A-DD16-D048-961E-8F614ACEC59F}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/22/25</a:t>
+              <a:t>11/25/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="557784" y="6391656"/>
             <a:ext cx="3867912" cy="310896"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -12598,54 +12596,50 @@
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.tiff"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.tiff"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arlingtoncemetery.mil/about" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.tiff"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lccn.loc.gov/2011635737" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/en:Carol_M._Highsmith" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.washingtonpost.com/history/2021/05/31/world-war-i-exhumed-memorial-day/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://text-message.blogs.archives.gov/2018/11/08/now-available-online-burial-cards-of-world-war-i-soldiers/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abmc.gov/news-events/news/women-and-world-war-i-commemoration-gold-star-mothers-and-widows-pilgrimages-1930" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kimberlyjensenblog.blogspot.com/2015/05/deaths-in-army-nurse-corps-during-world.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fas.org/sgp/crs/natsec/RL32492.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.armyheritage.org/75-information/soldier-stories/326-wacwwii" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://history.army.mil/books/wwii/72-14/72-14.HTM" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nppa.org/news/564" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rcfp.org/journals/the-news-media-and-the-law-summer-2004/letting-loose-images-war/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://100photos.time.com/photos/tami-silicio-coffin-ban" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.tiff"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hdl.loc.gov/loc.pnp/pp.print" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.tiff"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shu.edu/arts-sciences/news/upload/project_muse_650967.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.tiff"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -18595,205 +18589,50 @@
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1065015599"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="248878"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="248878"/>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
-[...153 lines deleted...]
-
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Title 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" idx="4294967295"/>
@@ -19257,51 +19096,69 @@
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>https://www.rcfp.org/journals/the-news-media-and-the-law-summer-2004/letting-loose-images-war/</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr fontAlgn="base"/>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr fontAlgn="base"/>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr fontAlgn="base"/>
             <a:r>
               <a:rPr lang="en-US" b="0" i="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2D2D2D"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
-              <a:t>Obama lifted the ban in 2019, but rules for “embedded” journalists with US forces in Afghanistan continued to prohibit taking photographs of, or video-recording, US personnel killed in action. </a:t>
+              <a:t>Obama lifted the ban </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="2D2D2D"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>in 2009</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="0" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="2D2D2D"/>
+                </a:solidFill>
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>, but rules for “embedded” journalists with US forces in Afghanistan continued to prohibit taking photographs of, or video-recording, US personnel killed in action. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>https://nppa.org/news/564</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="2D2D2D"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="829769472"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -20408,114 +20265,113 @@
                 <a:hueMod val="88000"/>
                 <a:satMod val="140000"/>
                 <a:lumMod val="132000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:stretch/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Ion Boardroom" id="{FC33163D-4339-46B1-8EED-24C834239D99}" vid="{EC7F02AD-9687-440F-A9DF-FAA6F22270D7}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Ion Boardroom</Template>
   <TotalTime></TotalTime>
-  <Words>2372</Words>
+  <Words>2322</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>200</Paragraphs>
-  <Slides>27</Slides>
+  <Paragraphs>193</Paragraphs>
+  <Slides>26</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>27</vt:i4>
+        <vt:i4>26</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="36" baseType="lpstr">
+    <vt:vector size="35" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Century Gothic</vt:lpstr>
       <vt:lpstr>Georgia</vt:lpstr>
       <vt:lpstr>inherit</vt:lpstr>
       <vt:lpstr>minion-pro</vt:lpstr>
       <vt:lpstr>Source Sans Pro</vt:lpstr>
       <vt:lpstr>Verdana</vt:lpstr>
       <vt:lpstr>Wingdings 3</vt:lpstr>
       <vt:lpstr>Ion Boardroom</vt:lpstr>
       <vt:lpstr>Death, mourning and memorialization</vt:lpstr>
       <vt:lpstr>Dying/grieving</vt:lpstr>
       <vt:lpstr>Body counts and bodies that count</vt:lpstr>
       <vt:lpstr>Distant encounters with death</vt:lpstr>
       <vt:lpstr>Official sensitivity to images of  wartime fatalities</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Making the dead speak in World War II</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Intimate encounters with death in wartime</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>A “good death”?</vt:lpstr>
       <vt:lpstr>Last words: posthumous love letters</vt:lpstr>
       <vt:lpstr>Gendered prescriptions for grieving</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Burial and  memorialization</vt:lpstr>
       <vt:lpstr>Arlington National Cemetery</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>The Gold Star Mothers and Widows pilgrimages (1930-33)</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Mourning and memorialization</dc:title>
   <dc:creator>Susan Carruthers</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>