--- v0 (2026-01-15)
+++ v1 (2026-03-15)
@@ -1,77 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="257" r:id="rId3"/>
     <p:sldId id="281" r:id="rId4"/>
     <p:sldId id="280" r:id="rId5"/>
     <p:sldId id="258" r:id="rId6"/>
+    <p:sldId id="282" r:id="rId7"/>
+    <p:sldId id="283" r:id="rId8"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -126,208 +130,228 @@
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
+  <p:extLst>
+    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{3A116226-D1FB-493E-988F-B47F5689424D}" v="20" dt="2026-01-15T13:57:46.551"/>
+    <p1510:client id="{3A116226-D1FB-493E-988F-B47F5689424D}" v="21" dt="2026-01-28T11:56:43.022"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="60" d="100"/>
           <a:sy n="60" d="100"/>
         </p:scale>
-        <p:origin x="80" y="48"/>
+        <p:origin x="908" y="64"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}"/>
     <pc:docChg chg="custSel addSld delSld modSld">
-      <pc:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}" dt="2026-01-15T13:57:46.551" v="27"/>
+      <pc:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}" dt="2026-01-28T12:02:17.985" v="181" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="addSp modSp new mod setBg">
         <pc:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}" dt="2026-01-15T13:30:55.830" v="6"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3959294634" sldId="258"/>
         </pc:sldMkLst>
         <pc:picChg chg="add mod">
           <ac:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}" dt="2026-01-15T13:30:50.434" v="5" actId="1076"/>
           <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3959294634" sldId="258"/>
             <ac:picMk id="4" creationId="{BEDABC71-16A6-CBE3-A739-F4F3F0FF2F72}"/>
           </ac:picMkLst>
         </pc:picChg>
         <pc:picChg chg="add mod">
           <ac:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}" dt="2026-01-15T13:30:47.929" v="4" actId="1076"/>
           <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3959294634" sldId="258"/>
             <ac:picMk id="6" creationId="{73EC668C-B312-2949-D3F2-6CC92AA9EF7B}"/>
           </ac:picMkLst>
         </pc:picChg>
       </pc:sldChg>
-      <pc:sldChg chg="new del">
-[...5 lines deleted...]
-      </pc:sldChg>
       <pc:sldChg chg="delSp modSp add mod setBg modClrScheme chgLayout">
         <pc:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}" dt="2026-01-15T13:33:14.249" v="14" actId="1076"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1651108143" sldId="280"/>
         </pc:sldMkLst>
-        <pc:spChg chg="del">
-[...6 lines deleted...]
-        </pc:spChg>
         <pc:picChg chg="mod ord">
           <ac:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}" dt="2026-01-15T13:33:14.249" v="14" actId="1076"/>
           <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1651108143" sldId="280"/>
             <ac:picMk id="8" creationId="{2A21F85D-DE4B-49B8-5113-B032A40776EB}"/>
           </ac:picMkLst>
         </pc:picChg>
       </pc:sldChg>
       <pc:sldChg chg="addSp modSp new setBg">
         <pc:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}" dt="2026-01-15T13:57:46.551" v="27"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="469076716" sldId="281"/>
         </pc:sldMkLst>
         <pc:picChg chg="add mod">
-          <ac:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}" dt="2026-01-15T13:39:43.483" v="17"/>
-[...6 lines deleted...]
-        <pc:picChg chg="add mod">
           <ac:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}" dt="2026-01-15T13:49:10.009" v="22" actId="1076"/>
           <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="469076716" sldId="281"/>
             <ac:picMk id="4" creationId="{5807ADC5-DF7F-85C9-4872-365242A54AAB}"/>
           </ac:picMkLst>
         </pc:picChg>
         <pc:picChg chg="add mod">
           <ac:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}" dt="2026-01-15T13:57:38.413" v="26" actId="1076"/>
           <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="469076716" sldId="281"/>
             <ac:picMk id="2050" creationId="{04589DF3-81C6-A1C8-9833-D8FD295E9CAC}"/>
           </ac:picMkLst>
         </pc:picChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp new mod modClrScheme chgLayout">
+        <pc:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}" dt="2026-01-28T12:02:17.985" v="181" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1523440018" sldId="282"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="del">
+          <ac:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}" dt="2026-01-28T11:55:12.489" v="38" actId="700"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1523440018" sldId="282"/>
+            <ac:spMk id="2" creationId="{6A628230-85AD-4C6D-B340-D5189D026EC6}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}" dt="2026-01-28T12:02:17.985" v="181" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1523440018" sldId="282"/>
+            <ac:spMk id="4" creationId="{47885231-732A-C152-4D87-92FCA8009A19}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp modSp new mod">
+        <pc:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}" dt="2026-01-28T11:59:21.368" v="122" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3110382470" sldId="283"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="add mod">
+          <ac:chgData name="Roberts, Penny" userId="ae04f916-d83e-4603-b28a-186fc90f4048" providerId="ADAL" clId="{AE0EF371-6D26-4022-B023-DDEA7729EF1D}" dt="2026-01-28T11:59:21.368" v="122" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3110382470" sldId="283"/>
+            <ac:spMk id="3" creationId="{318C9FAE-4E2B-DC09-BF4F-F6E86BE3ACF3}"/>
+          </ac:spMkLst>
+        </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
@@ -483,51 +507,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D781D82-D68D-1523-B585-AC9031F36738}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42D10B35-1BEA-4963-969D-C464970F2077}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{344AC910-4962-5037-C8C5-F122622720CF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -683,51 +707,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FA98DB3-49F5-5EF9-2A29-18FDF8D55583}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42D10B35-1BEA-4963-969D-C464970F2077}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E59BB3B7-750F-9E5A-70D5-6E709B40EEB7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -893,51 +917,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{932DFF6F-4B08-25A2-8E9D-58C785B5E43A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42D10B35-1BEA-4963-969D-C464970F2077}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C8C5193-D0B2-DD6F-0299-98D9F17DFB78}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1093,51 +1117,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB241B12-48C1-810B-307F-526331F13859}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42D10B35-1BEA-4963-969D-C464970F2077}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72E9149F-57CB-6663-1AE3-8B29C35A4FCD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1369,51 +1393,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDA77539-4C71-825E-5257-F335F55B2A5B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42D10B35-1BEA-4963-969D-C464970F2077}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0737881E-2293-C9B1-5918-BA8AEA9A4E24}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1637,51 +1661,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5E5A084-57F9-E869-B71C-F533DBEAAD82}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42D10B35-1BEA-4963-969D-C464970F2077}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB7FC45F-82B5-C2D0-7D2A-339791E6ADD7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2052,51 +2076,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A401E1F0-0506-09DF-153B-1894ADD22892}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42D10B35-1BEA-4963-969D-C464970F2077}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05FA633D-0499-4773-B1F1-59A19FA85953}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2194,51 +2218,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4EFA1C6-5CC1-71A2-E0CF-F4A3565AEA15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42D10B35-1BEA-4963-969D-C464970F2077}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC640E1E-1AE8-B586-6575-9025DFA4C103}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2307,51 +2331,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6085D1A4-BEA3-7018-182D-0D312C9FAD90}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42D10B35-1BEA-4963-969D-C464970F2077}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{322573F1-3F6C-613B-A4F4-4461B002C9EE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2620,51 +2644,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04C24964-D191-40E8-2E1A-55D1C44589BF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42D10B35-1BEA-4963-969D-C464970F2077}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81686221-2D6E-366D-3573-775C1D154925}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2909,51 +2933,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A87C16F7-E016-4F86-412A-ADF67F0EFF16}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42D10B35-1BEA-4963-969D-C464970F2077}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9601995-0689-5FCB-759D-8983118204CC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3156,51 +3180,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="82000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{42D10B35-1BEA-4963-969D-C464970F2077}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>15/01/2026</a:t>
+              <a:t>28/01/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74D64967-49C7-19CF-6562-65668571DA62}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -3576,50 +3600,58 @@
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
+</file>
+
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:blipFill>
           <a:blip r:embed="rId2"/>
           <a:tile tx="0" ty="0" sx="100000" sy="100000" flip="none" algn="tl"/>
         </a:blipFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -4196,50 +4228,1044 @@
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="5595257" y="857250"/>
             <a:ext cx="6858000" cy="5143500"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3959294634"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47885231-732A-C152-4D87-92FCA8009A19}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="8279190"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" b="1" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Royal edicts dealing with religious affairs before and during the wars</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" b="1" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1400" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>June 1540	Edict of Fontainebleau: removed jurisdiction over heresy cases from ecclesiastical to secular courts</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>June 1551	Edict of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Châteaubriant</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>: removed sole jurisdiction over heresy cases to parlements; tightened censorship; 			reporting of suspects mandatory; restricted office-holding to Catholics</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>July 1557		Edict of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Compiègne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>: made death penalty for heresy mandatory</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Mar. 1560	Edict of Amboise: pardon of all religious crimes on condition of abjuration</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>May 1560	Edict of Romorantin: returned jurisdiction over heresy to church courts</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Apr. 1561	Edict of Fontainebleau: banned mutual abuse and provocation; provided amnesty for religious prisoners 			</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>&amp;</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> exiles; permitted freedom of conscience</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>July 1561		Edict of Saint-Germain/July: confirmed earlier measures, sedition now to be judged by presidial courts; 			Reformed assemblies banned</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Jan. 1562		Edict of Saint-Germain/January: permitted Reformed worship for </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" baseline="30000" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>st</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>time, outside town walls in daylight hours</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Mar. 1563	Edict of Amboise: first edict of pacification (ending a war); Reformed worship restricted to noble houses 	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>		and </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>suburbs of one town in each </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" i="1" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>bailliage/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" i="1" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>sénéchaussée</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Mar. 1568	Edict of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Longjumeau</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>: confirmed 1563 Edict</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Sept. 1568	Edict of Saint-Maur: abolished edicts of pacification</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1400" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1523440018"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{318C9FAE-4E2B-DC09-BF4F-F6E86BE3ACF3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="466060" y="91297"/>
+            <a:ext cx="11259879" cy="6463308"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Aug. 1570	Edict of Saint-Germain: Reformed worship allowed in suburbs of 2 designated towns in each 			</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" i="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>gouvernement</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>; 4 surety towns granted </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>July 1573		Edict of Boulogne: limited restoration of worship</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-GB" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>May 1576	Edict of Beaulieu/Peace of Monsieur: freedom of worship except within </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> leagues of Paris &amp; at 			court; allowed to build temples; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" i="1" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>chambres</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" i="1" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> de </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" i="1" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>l’édit</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" i="1" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>established in parlements; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>8</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> surety towns granted</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Sept. 1577	Edict of Poitiers/Peace of Bergerac: Reformed worship restricted to suburbs of one town in each 			</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" i="1" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>bailliage/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" i="1" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>sénéchaussée</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" i="1" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" i="1" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>chambres</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" i="1" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>and surety towns retained</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Feb. 1579	Treaty of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Nérac</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>: confirmed 1577 Edict with additions</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Nov. 1580	Peace of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Fleix</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>: confirmed 1577 Edict and 1579 Treaty with additions</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>July 1585		Treaty of Nemours: between Henry III and the Catholic League, abolished edicts of pacification; 			Reformed faith banned</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>July 1588		Edict of Union: confirmed 1585 Treaty</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>July 1591		Letters of Mantes: restored 1577 Edict and 1579/80 additions</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>April 1598	Edict of Nantes: confirmed and expanded edicts</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3110382470"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
@@ -4523,87 +5549,90 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2</Words>
+  <Words>477</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>1</Paragraphs>
-  <Slides>5</Slides>
+  <Paragraphs>45</Paragraphs>
+  <Slides>7</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="9" baseType="lpstr">
+    <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Aptos Display</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Sixteenth-century France</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Roberts, Penny</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>