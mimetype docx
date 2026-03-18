--- v0 (2025-10-12)
+++ v1 (2026-03-18)
@@ -122,146 +122,86 @@
         </w:rPr>
         <w:t xml:space="preserve">The Department and the University are committed to ensuring high standards of postgraduate research. To ensure that research projects comply with the University’s ethical guidelines, all students must obtain appropriate ethical approval of their projects. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70944464" w14:textId="77777777" w:rsidR="002B62F8" w:rsidRDefault="002B62F8" w:rsidP="001C3253">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C077AA3" w14:textId="1DABD2B7" w:rsidR="001C3253" w:rsidRPr="002B62F8" w:rsidRDefault="002B62F8" w:rsidP="001C3253">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B62F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">All PG Research students are required to </w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">All PG Research students are required to complete the Research and Impact Services online Research Integrity Training Programme </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="002B62F8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>Epigeum</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="002B62F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>course</w:t>
       </w:r>
       <w:r w:rsidRPr="002B62F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> consists of 8 modules and covers</w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> consists of 8 modules and covers key aspects from a general perspective (with students working with human participants additionally needing to complete the respective supplementary module).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FAA311B" w14:textId="77777777" w:rsidR="002B62F8" w:rsidRDefault="002B62F8" w:rsidP="001C3253">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02684CC4" w14:textId="0947D564" w:rsidR="00270E7C" w:rsidRDefault="00270E7C" w:rsidP="001C3253">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>The ethical considerations of your proposed project</w:t>
       </w:r>
       <w:r w:rsidR="00C3288C" w:rsidRPr="000052D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -273,99 +213,57 @@
         </w:rPr>
         <w:t>discussed with supervisors during term 1 of your first year</w:t>
       </w:r>
       <w:r w:rsidR="001C3253" w:rsidRPr="00467DDC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00551B0A" w:rsidRPr="00467DDC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Early </w:t>
       </w:r>
       <w:r w:rsidR="0071074B" w:rsidRPr="00467DDC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>consideration</w:t>
       </w:r>
       <w:r w:rsidR="00551B0A" w:rsidRPr="00467DDC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of ethical issues will help your project design and </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> the risk of having to reconfigure your plans at a later stage. </w:t>
+        <w:t xml:space="preserve"> of ethical issues will help your project design and minimise the risk of having to reconfigure your plans at a later stage. </w:t>
       </w:r>
       <w:r w:rsidR="008B7726" w:rsidRPr="00467DDC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">In some cases, successful completion of the Department’s Ethics Review </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> will confirm such approval.</w:t>
+        <w:t>In some cases, successful completion of the Department’s Ethics Review at the Upgrade exercise will confirm such approval.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2889FBCB" w14:textId="77777777" w:rsidR="00270E7C" w:rsidRDefault="00270E7C" w:rsidP="001C3253">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35CE7FA2" w14:textId="3F5F558F" w:rsidR="00270E7C" w:rsidRDefault="00270E7C" w:rsidP="001C3253">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="001C3253">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -1440,71 +1338,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">6) Informed consent:  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E326102" w14:textId="77777777" w:rsidR="00BE76EC" w:rsidRPr="00BE76EC" w:rsidRDefault="00BE76EC" w:rsidP="00BE76EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE76EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Except in the instance of questionnaires </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> returning a completed questionnaire is considered to signal consent, written informed consent from participants is required. This consent, which includes research participants involved in audio/visual recording, must conform to the University’s Guidelines on Ethical Practice.  Please indicate below the process by which you will ensure that fully informed consent is obtained, detailing when appropriate any additional assent procedures that will be used where children are involved and how informed consent will be secured where an influential relationship exists between the researcher/recruiter and his/her potential participant.</w:t>
+              <w:t>Except in the instance of questionnaires where returning a completed questionnaire is considered to signal consent, written informed consent from participants is required. This consent, which includes research participants involved in audio/visual recording, must conform to the University’s Guidelines on Ethical Practice.  Please indicate below the process by which you will ensure that fully informed consent is obtained, detailing when appropriate any additional assent procedures that will be used where children are involved and how informed consent will be secured where an influential relationship exists between the researcher/recruiter and his/her potential participant.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE76EC" w:rsidRPr="000052D3" w14:paraId="1C95F407" w14:textId="77777777" w:rsidTr="00BE76EC">
         <w:trPr>
           <w:trHeight w:val="1205"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10201" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="268B6F52" w14:textId="77777777" w:rsidR="00BE76EC" w:rsidRDefault="00BE76EC" w:rsidP="00BE76EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="616535DA" w14:textId="77777777" w:rsidR="00BE76EC" w:rsidRDefault="00BE76EC" w:rsidP="00BE76EC">
@@ -1846,71 +1724,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">10) Data protection: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39DF58DB" w14:textId="77777777" w:rsidR="00BE76EC" w:rsidRPr="00BE76EC" w:rsidRDefault="00BE76EC" w:rsidP="00BE76EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE76EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">In accordance with the Data Protection Act, please specify how you will ensure the confidentiality of information that would identify </w:t>
-[...19 lines deleted...]
-              <w:t>, and what action may be taken should confidential information be discovered that would cause concern.</w:t>
+              <w:t>In accordance with the Data Protection Act, please specify how you will ensure the confidentiality of information that would identify particular participants, and what action may be taken should confidential information be discovered that would cause concern.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE76EC" w:rsidRPr="000052D3" w14:paraId="26F42730" w14:textId="77777777" w:rsidTr="00BE76EC">
         <w:trPr>
           <w:trHeight w:val="1304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10201" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3B9D91EE" w14:textId="77777777" w:rsidR="00BE76EC" w:rsidRPr="000052D3" w:rsidRDefault="00BE76EC" w:rsidP="00BE76EC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE76EC" w:rsidRPr="000052D3" w14:paraId="60AF0EE1" w14:textId="77777777" w:rsidTr="00BE76EC">
         <w:trPr>
@@ -2082,99 +1940,262 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE76EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>The department expects all students to obtain the requisite visas (including research visas), to consult and abide by the information in the relevant FCO pages regarding travel warnings and to comply with local laws</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE76EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE76EC" w:rsidRPr="000052D3" w14:paraId="2E125486" w14:textId="77777777" w:rsidTr="00BE76EC">
+      <w:tr w:rsidR="00BE76EC" w:rsidRPr="000052D3" w14:paraId="2E125486" w14:textId="77777777" w:rsidTr="008D6363">
+        <w:trPr>
+          <w:trHeight w:val="911"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10201" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB4F761" w14:textId="77777777" w:rsidR="00BE76EC" w:rsidRDefault="00BE76EC" w:rsidP="00BE76EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F8170B3" w14:textId="77777777" w:rsidR="00270E7C" w:rsidRDefault="00270E7C" w:rsidP="00BE76EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55A603EA" w14:textId="77777777" w:rsidR="008D6363" w:rsidRDefault="008D6363" w:rsidP="00BE76EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7102055F" w14:textId="77777777" w:rsidR="00270E7C" w:rsidRDefault="00270E7C" w:rsidP="00BE76EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4AA16E53" w14:textId="77777777" w:rsidR="00270E7C" w:rsidRPr="000052D3" w:rsidRDefault="00270E7C" w:rsidP="00BE76EC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D6363" w:rsidRPr="000052D3" w14:paraId="636B39EF" w14:textId="77777777" w:rsidTr="008D6363">
+        <w:trPr>
+          <w:trHeight w:val="911"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10201" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E40596E" w14:textId="08DF991D" w:rsidR="008D6363" w:rsidRDefault="008D6363" w:rsidP="008D6363">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000052D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000052D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6363">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Research Integrity Online Training</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Epigeum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="23934282" w14:textId="032C8772" w:rsidR="008D6363" w:rsidRDefault="008D6363" w:rsidP="008D6363">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D6363">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PGRs </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">should </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6363">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>complete the core modules of the full version of the training.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Please confirm below that you have completed the training and emailed your certificate to </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidRPr="007D0253">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:t>pghistoryoffice@warwick.ac.uk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Training can be accessed here </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D6363">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="008D6363">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:t>Research Integrity Online Training | Research at Warwick</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008D6363" w:rsidRPr="000052D3" w14:paraId="7C377072" w14:textId="77777777" w:rsidTr="00BE76EC">
         <w:trPr>
           <w:trHeight w:val="911"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10201" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0EB4F761" w14:textId="77777777" w:rsidR="00BE76EC" w:rsidRDefault="00BE76EC" w:rsidP="00BE76EC">
-[...35 lines deleted...]
-          <w:p w14:paraId="4AA16E53" w14:textId="77777777" w:rsidR="00270E7C" w:rsidRPr="000052D3" w:rsidRDefault="00270E7C" w:rsidP="00BE76EC">
+          <w:p w14:paraId="673BCD14" w14:textId="77777777" w:rsidR="008D6363" w:rsidRPr="000052D3" w:rsidRDefault="008D6363" w:rsidP="008D6363">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3D1460D4" w14:textId="7EE462D6" w:rsidR="00AB64A0" w:rsidRDefault="00AB64A0" w:rsidP="00BE5004">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1725"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -2568,51 +2589,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00265130">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>marking this section as “YES”</w:t>
             </w:r>
             <w:r w:rsidR="00265130" w:rsidRPr="00265130">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">, students, supervisors and the upgrade panel confirm that they have </w:t>
             </w:r>
             <w:r w:rsidR="00265130">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">checked the latest </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidR="00265130" w:rsidRPr="00265130">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t xml:space="preserve">University </w:t>
               </w:r>
               <w:r w:rsidR="00265130">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethical </w:t>
               </w:r>
               <w:r w:rsidR="00265130" w:rsidRPr="00265130">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>guidance</w:t>
               </w:r>
             </w:hyperlink>
@@ -2771,51 +2792,50 @@
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C67A59" w14:paraId="62C5525F" w14:textId="77777777" w:rsidTr="00265130">
         <w:trPr>
           <w:trHeight w:val="574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="191DBE82" w14:textId="77777777" w:rsidR="00C67A59" w:rsidRDefault="00C67A59" w:rsidP="00BE5004">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1725"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000052D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Upgrade Assessor </w:t>
             </w:r>
             <w:r w:rsidR="00C746A0" w:rsidRPr="000052D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Name and </w:t>
             </w:r>
             <w:r w:rsidRPr="000052D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3746A759" w14:textId="77777777" w:rsidR="00265130" w:rsidRPr="000052D3" w:rsidRDefault="00265130" w:rsidP="00BE5004">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1725"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -3299,320 +3319,284 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="00C64C9E" w:rsidRPr="002B62F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e-mail</w:t>
       </w:r>
       <w:r w:rsidRPr="002B62F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the completed and signed form to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00265130" w:rsidRPr="002B62F8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>pghistoryoffice@warwick.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002B62F8" w:rsidRPr="002B62F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002B62F8" w:rsidRPr="002B62F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">also attaching your certificate of completion relating to the </w:t>
-[...34 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>also attaching your certificate of completion relating to the Epigeum Research Integrity Training Course.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BA414DF" w14:textId="77777777" w:rsidR="00265130" w:rsidRPr="002B62F8" w:rsidRDefault="00265130" w:rsidP="00266C99">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1725"/>
         </w:tabs>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0ED215C1" w14:textId="74E552A6" w:rsidR="00265130" w:rsidRPr="00C64C9E" w:rsidRDefault="00265130" w:rsidP="00266C99">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1725"/>
         </w:tabs>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B62F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Any students</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applying for HSSREC approval must ensure that the approval email/ letter from HSSREC should be forwarded to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="0063455C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>pghistoryoffice@warwick.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to be retained on file in case of future audits.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00265130" w:rsidRPr="00C64C9E" w:rsidSect="00BB4535">
-      <w:headerReference w:type="even" r:id="rId18"/>
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId21"/>
+      <w:headerReference w:type="even" r:id="rId20"/>
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="even" r:id="rId22"/>
+      <w:headerReference w:type="first" r:id="rId23"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="843" w:right="1077" w:bottom="851" w:left="1077" w:header="87" w:footer="57" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44C65625" w14:textId="77777777" w:rsidR="007F2109" w:rsidRDefault="007F2109" w:rsidP="00A073E9">
+    <w:p w14:paraId="6D67B684" w14:textId="77777777" w:rsidR="0052550A" w:rsidRDefault="0052550A" w:rsidP="00A073E9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4201BE14" w14:textId="77777777" w:rsidR="007F2109" w:rsidRDefault="007F2109" w:rsidP="00A073E9">
+    <w:p w14:paraId="111090FA" w14:textId="77777777" w:rsidR="0052550A" w:rsidRDefault="0052550A" w:rsidP="00A073E9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...13 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="28D532D4" w14:textId="77777777" w:rsidR="00E80DFF" w:rsidRDefault="00E80DFF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="160BAB90" w14:textId="77777777" w:rsidR="00E80DFF" w:rsidRDefault="00E80DFF"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C8C306C" w14:textId="77777777" w:rsidR="007F2109" w:rsidRDefault="007F2109" w:rsidP="00A073E9">
+    <w:p w14:paraId="321D79DF" w14:textId="77777777" w:rsidR="0052550A" w:rsidRDefault="0052550A" w:rsidP="00A073E9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64475104" w14:textId="77777777" w:rsidR="007F2109" w:rsidRDefault="007F2109" w:rsidP="00A073E9">
+    <w:p w14:paraId="388AD487" w14:textId="77777777" w:rsidR="0052550A" w:rsidRDefault="0052550A" w:rsidP="00A073E9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2731A298" w14:textId="77777777" w:rsidR="00E80DFF" w:rsidRDefault="006B3D0D">
+  <w:p w14:paraId="2731A298" w14:textId="77777777" w:rsidR="00E80DFF" w:rsidRDefault="0052550A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="171999623"/>
         <w:placeholder>
           <w:docPart w:val="E871394BAACA4A1EBBF01A6DE96A7678"/>
         </w:placeholder>
         <w:temporary/>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00E80DFF">
           <w:t>[Type text]</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="00E80DFF">
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="171999624"/>
@@ -4382,131 +4366,137 @@
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00777D09"/>
     <w:rsid w:val="000052D3"/>
     <w:rsid w:val="00053435"/>
     <w:rsid w:val="00070446"/>
     <w:rsid w:val="000802A8"/>
+    <w:rsid w:val="0008698B"/>
     <w:rsid w:val="000F68A3"/>
     <w:rsid w:val="001259E2"/>
     <w:rsid w:val="00133F4D"/>
     <w:rsid w:val="00164806"/>
     <w:rsid w:val="00167249"/>
     <w:rsid w:val="001A155C"/>
     <w:rsid w:val="001C3253"/>
     <w:rsid w:val="001F6FCD"/>
     <w:rsid w:val="00225492"/>
     <w:rsid w:val="00243F22"/>
     <w:rsid w:val="002510EA"/>
     <w:rsid w:val="00265130"/>
     <w:rsid w:val="00266C99"/>
     <w:rsid w:val="00270E7C"/>
     <w:rsid w:val="002730AB"/>
     <w:rsid w:val="002B4B36"/>
     <w:rsid w:val="002B62F8"/>
     <w:rsid w:val="002C3C69"/>
     <w:rsid w:val="0033257C"/>
+    <w:rsid w:val="0039109E"/>
     <w:rsid w:val="00396EA1"/>
     <w:rsid w:val="003A7A9A"/>
     <w:rsid w:val="003E0EA6"/>
     <w:rsid w:val="00400A65"/>
     <w:rsid w:val="00410DB4"/>
     <w:rsid w:val="00450685"/>
     <w:rsid w:val="00467DDC"/>
     <w:rsid w:val="004769B3"/>
+    <w:rsid w:val="0052550A"/>
     <w:rsid w:val="005329CE"/>
     <w:rsid w:val="00551B0A"/>
     <w:rsid w:val="00562E97"/>
     <w:rsid w:val="00582332"/>
     <w:rsid w:val="005C37D0"/>
     <w:rsid w:val="005C6907"/>
+    <w:rsid w:val="00637CA3"/>
     <w:rsid w:val="00670BC5"/>
     <w:rsid w:val="006B3D0D"/>
     <w:rsid w:val="006E0783"/>
     <w:rsid w:val="0071074B"/>
     <w:rsid w:val="0074183E"/>
     <w:rsid w:val="007645A3"/>
     <w:rsid w:val="00777D09"/>
     <w:rsid w:val="007A20F2"/>
     <w:rsid w:val="007D6ED3"/>
     <w:rsid w:val="007E3274"/>
     <w:rsid w:val="007E62F7"/>
     <w:rsid w:val="007F2109"/>
     <w:rsid w:val="007F279A"/>
     <w:rsid w:val="008019AE"/>
     <w:rsid w:val="008309E8"/>
     <w:rsid w:val="00844DDE"/>
     <w:rsid w:val="008B7726"/>
+    <w:rsid w:val="008D6363"/>
     <w:rsid w:val="009236E5"/>
     <w:rsid w:val="009307C7"/>
     <w:rsid w:val="00946BCC"/>
     <w:rsid w:val="009A302B"/>
     <w:rsid w:val="00A073E9"/>
     <w:rsid w:val="00A22CB1"/>
     <w:rsid w:val="00A72E6F"/>
     <w:rsid w:val="00A81791"/>
     <w:rsid w:val="00AB64A0"/>
     <w:rsid w:val="00B17E15"/>
     <w:rsid w:val="00B757AD"/>
     <w:rsid w:val="00BA402B"/>
     <w:rsid w:val="00BB0C77"/>
     <w:rsid w:val="00BB4535"/>
     <w:rsid w:val="00BE3430"/>
     <w:rsid w:val="00BE5004"/>
     <w:rsid w:val="00BE76EC"/>
     <w:rsid w:val="00C0788E"/>
     <w:rsid w:val="00C3288C"/>
     <w:rsid w:val="00C64C9E"/>
     <w:rsid w:val="00C67A59"/>
     <w:rsid w:val="00C746A0"/>
     <w:rsid w:val="00C94179"/>
     <w:rsid w:val="00CA053E"/>
     <w:rsid w:val="00D103FB"/>
     <w:rsid w:val="00D23859"/>
     <w:rsid w:val="00D429A1"/>
     <w:rsid w:val="00D55BAE"/>
     <w:rsid w:val="00D6623B"/>
     <w:rsid w:val="00DB6E0C"/>
     <w:rsid w:val="00E20A24"/>
+    <w:rsid w:val="00E408EF"/>
     <w:rsid w:val="00E432C1"/>
     <w:rsid w:val="00E80DFF"/>
     <w:rsid w:val="00EA2811"/>
     <w:rsid w:val="00EA66FE"/>
     <w:rsid w:val="00ED650C"/>
     <w:rsid w:val="00F22E12"/>
     <w:rsid w:val="00F67D22"/>
     <w:rsid w:val="00F86919"/>
     <w:rsid w:val="00F90DF0"/>
     <w:rsid w:val="00FF7102"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
@@ -4905,53 +4895,75 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00A073E9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D6363"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -5207,50 +5219,64 @@
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C3253"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="PMingLiU" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001259E2"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="008D6363"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="290012796">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1241057150">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -5258,51 +5284,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1473870659">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur01.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwarwick.ac.uk%2Fservices%2Fris%2Fresearch-integrity%2Ftraining%2Fonline-training%2F&amp;data=05%7C02%7CPGHistoryOffice%40warwick.ac.uk%7Ccbc1c526e0ff4b2dbba008de00f2a39d%7C09bacfbd47ef446592653546f2eaf6bc%7C0%7C0%7C638949239281161327%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=aFegheNHuuESughk2I0rUHineftbQxq1ao9NhBMstmI%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/services/ris/research-integrity/ethical-approval/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pghistoryoffice@warwick.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pghistoryoffice@warwick.ac.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pghistoryoffice@warwick.ac.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/services/ris/research-integrity/apply-ethical-approval/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/services/ris/research-integrity/ethical-approval/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/services/ris/research-integrity/ethical-approval/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/services/ris/research-integrity/apply-ethical-approval/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/services/ris/research_integrity/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur01.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwarwick.ac.uk%2Fservices%2Fris%2Fresearch-integrity%2Ftraining%2Fonline-training%2F&amp;data=05%7C02%7CPGHistoryOffice%40warwick.ac.uk%7Ccbc1c526e0ff4b2dbba008de00f2a39d%7C09bacfbd47ef446592653546f2eaf6bc%7C0%7C0%7C638949239281161327%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=aFegheNHuuESughk2I0rUHineftbQxq1ao9NhBMstmI%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/services/ris/research-integrity/ethical-approval/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pghistoryoffice@warwick.ac.uk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pghistoryoffice@warwick.ac.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/services/ris/research-integrity/ethical-approval/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/services/ris/research-integrity/training/online-training/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/services/ris/research-integrity/apply-ethical-approval/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pghistoryoffice@warwick.ac.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/services/ris/research-integrity/ethical-approval/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pghistoryoffice@warwick.ac.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/services/ris/research-integrity/apply-ethical-approval/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/services/ris/research_integrity/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\u1572888\Downloads\digital_letterhead_blue.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E871394BAACA4A1EBBF01A6DE96A7678"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
@@ -5382,132 +5408,135 @@
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...13 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0072393B"/>
     <w:rsid w:val="00314612"/>
+    <w:rsid w:val="0039109E"/>
     <w:rsid w:val="003F7DBC"/>
     <w:rsid w:val="00582332"/>
     <w:rsid w:val="0072393B"/>
     <w:rsid w:val="007E3274"/>
     <w:rsid w:val="00B17E15"/>
+    <w:rsid w:val="00DC3665"/>
+    <w:rsid w:val="00E408EF"/>
     <w:rsid w:val="00EA2811"/>
+    <w:rsid w:val="00EC1CBA"/>
     <w:rsid w:val="00F22E12"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -6281,65 +6310,65 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33DEE55C-822B-46ED-A89B-DC0AFAA0C870}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>digital_letterhead_blue</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1288</Words>
-  <Characters>7344</Characters>
+  <Words>1360</Words>
+  <Characters>7755</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>17</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>64</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Warwick Design &amp; Print</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8615</CharactersWithSpaces>
+  <CharactersWithSpaces>9097</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>O'Malley, Toren</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>