--- v0 (2026-01-12)
+++ v1 (2026-02-22)
@@ -489,121 +489,138 @@
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="005C0AE7">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
             <w:color w:val="3C1053"/>
             <w:kern w:val="0"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>Othmer 6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005C0AE7">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="1D2125"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62A135C9" w14:textId="77777777" w:rsidR="005C0AE7" w:rsidRPr="005C0AE7" w:rsidRDefault="005C0AE7" w:rsidP="005C0AE7">
+    <w:p w14:paraId="62A135C9" w14:textId="77777777" w:rsidR="005C0AE7" w:rsidRPr="008037A3" w:rsidRDefault="005C0AE7" w:rsidP="005C0AE7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="1D2125"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C0AE7">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="008037A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="1D2125"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Note: you are not expected to read the large works in full; please explore as time and interest allow</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432D2262" w14:textId="3E14DF72" w:rsidR="008037A3" w:rsidRPr="008037A3" w:rsidRDefault="008037A3" w:rsidP="005C0AE7">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+          <w:color w:val="1D2125"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="en-GB"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008037A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>Some of the primary sources include early modern alchemical imagery with depictions of human bodies or anatomy. These materials may also contain historically outdated language and terms that are not used today.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D9941B9" w14:textId="77777777" w:rsidR="005C0AE7" w:rsidRPr="005C0AE7" w:rsidRDefault="005C0AE7" w:rsidP="005C0AE7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="1D2125"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C0AE7">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1D2125"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Recommended Reading</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B7B5103" w14:textId="77777777" w:rsidR="005C0AE7" w:rsidRPr="005C0AE7" w:rsidRDefault="005C0AE7" w:rsidP="005C0AE7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="1D2125"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C0AE7">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="1D2125"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Abdallah, B., Seguin, C., Aubert, E., Ait BenHassou, H., Sbabou, L., Choulier, L., Vonthron, C., Schalk, I.J., Mislin, G.L.A., Fournel, S., Pitchon, V. and Fechter, P. (2022) ‘Past mastering of metal transformation enabled physicians to increase their therapeutic potential’, </w:t>
       </w:r>
       <w:r w:rsidRPr="005C0AE7">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="1D2125"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Journal of Trace Elements in Medicine and Biology</w:t>
       </w:r>
       <w:r w:rsidRPr="005C0AE7">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
           <w:color w:val="1D2125"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>, 72, </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:tooltip="Persistent link using digital object identifier" w:history="1">
@@ -1116,50 +1133,51 @@
     <w:rsid w:val="006A4396"/>
     <w:rsid w:val="006D315E"/>
     <w:rsid w:val="006D6D29"/>
     <w:rsid w:val="006D760C"/>
     <w:rsid w:val="006E6B9B"/>
     <w:rsid w:val="006F3A49"/>
     <w:rsid w:val="00705799"/>
     <w:rsid w:val="00707EDF"/>
     <w:rsid w:val="00731216"/>
     <w:rsid w:val="0076516F"/>
     <w:rsid w:val="00767C08"/>
     <w:rsid w:val="007750A1"/>
     <w:rsid w:val="00793434"/>
     <w:rsid w:val="00793E4F"/>
     <w:rsid w:val="00795E19"/>
     <w:rsid w:val="007A04F0"/>
     <w:rsid w:val="007A6B71"/>
     <w:rsid w:val="007B15C4"/>
     <w:rsid w:val="007B2E2B"/>
     <w:rsid w:val="007C3CEA"/>
     <w:rsid w:val="007C4E40"/>
     <w:rsid w:val="007E07F7"/>
     <w:rsid w:val="007E23BA"/>
     <w:rsid w:val="007F38BE"/>
     <w:rsid w:val="0080133A"/>
+    <w:rsid w:val="008037A3"/>
     <w:rsid w:val="00807914"/>
     <w:rsid w:val="00814A60"/>
     <w:rsid w:val="008218DA"/>
     <w:rsid w:val="00836D4A"/>
     <w:rsid w:val="0083770F"/>
     <w:rsid w:val="008408D3"/>
     <w:rsid w:val="008438B4"/>
     <w:rsid w:val="00846B4F"/>
     <w:rsid w:val="00847414"/>
     <w:rsid w:val="008A203D"/>
     <w:rsid w:val="008B4245"/>
     <w:rsid w:val="008D138E"/>
     <w:rsid w:val="008D229E"/>
     <w:rsid w:val="008E2599"/>
     <w:rsid w:val="008E27D2"/>
     <w:rsid w:val="008E2851"/>
     <w:rsid w:val="008E480D"/>
     <w:rsid w:val="008E55C6"/>
     <w:rsid w:val="008F2175"/>
     <w:rsid w:val="008F43D4"/>
     <w:rsid w:val="008F6089"/>
     <w:rsid w:val="00904F86"/>
     <w:rsid w:val="009129F1"/>
     <w:rsid w:val="00924425"/>
     <w:rsid w:val="00933440"/>
@@ -1175,50 +1193,51 @@
     <w:rsid w:val="009B0AC4"/>
     <w:rsid w:val="009B1751"/>
     <w:rsid w:val="009B28C9"/>
     <w:rsid w:val="009B3143"/>
     <w:rsid w:val="009C43FC"/>
     <w:rsid w:val="009C7551"/>
     <w:rsid w:val="009E12D3"/>
     <w:rsid w:val="009E65EC"/>
     <w:rsid w:val="00A042D4"/>
     <w:rsid w:val="00A071BB"/>
     <w:rsid w:val="00A101B2"/>
     <w:rsid w:val="00A22250"/>
     <w:rsid w:val="00A306EB"/>
     <w:rsid w:val="00A40013"/>
     <w:rsid w:val="00A42812"/>
     <w:rsid w:val="00A4454A"/>
     <w:rsid w:val="00A45B76"/>
     <w:rsid w:val="00A50F58"/>
     <w:rsid w:val="00A71F0F"/>
     <w:rsid w:val="00A749FB"/>
     <w:rsid w:val="00A7657B"/>
     <w:rsid w:val="00A801B3"/>
     <w:rsid w:val="00A955A8"/>
     <w:rsid w:val="00A97739"/>
     <w:rsid w:val="00AA1905"/>
+    <w:rsid w:val="00AE4E32"/>
     <w:rsid w:val="00AE7A07"/>
     <w:rsid w:val="00AE7FB8"/>
     <w:rsid w:val="00B02390"/>
     <w:rsid w:val="00B10BBA"/>
     <w:rsid w:val="00B13A5F"/>
     <w:rsid w:val="00B368AB"/>
     <w:rsid w:val="00B40B7A"/>
     <w:rsid w:val="00B445A3"/>
     <w:rsid w:val="00B47E98"/>
     <w:rsid w:val="00B515AD"/>
     <w:rsid w:val="00B61CD3"/>
     <w:rsid w:val="00B67A88"/>
     <w:rsid w:val="00B7305C"/>
     <w:rsid w:val="00B904E8"/>
     <w:rsid w:val="00B97725"/>
     <w:rsid w:val="00BA02CF"/>
     <w:rsid w:val="00BA0682"/>
     <w:rsid w:val="00BA415E"/>
     <w:rsid w:val="00BA6145"/>
     <w:rsid w:val="00BB1779"/>
     <w:rsid w:val="00BB36EE"/>
     <w:rsid w:val="00BB4EF9"/>
     <w:rsid w:val="00BF0973"/>
     <w:rsid w:val="00C02269"/>
     <w:rsid w:val="00C16453"/>
@@ -2564,54 +2583,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>664</Words>
-  <Characters>3791</Characters>
+  <Words>696</Words>
+  <Characters>3970</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4447</CharactersWithSpaces>
+  <CharactersWithSpaces>4657</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Erin Connelly</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>