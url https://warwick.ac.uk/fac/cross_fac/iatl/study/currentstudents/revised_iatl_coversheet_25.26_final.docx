--- v0 (2025-11-13)
+++ v1 (2026-02-09)
@@ -1,48 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="404814C6" w14:textId="6DC8E808" w:rsidR="007D1CC5" w:rsidRDefault="001F3C4D" w:rsidP="00805F2B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="576" w:hanging="576"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="40"/>
@@ -558,71 +553,51 @@
     </w:p>
     <w:p w14:paraId="01D6228E" w14:textId="769651D4" w:rsidR="00B16BC4" w:rsidRPr="002D5EAE" w:rsidRDefault="00B16BC4" w:rsidP="002A146A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="156082" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D5EAE">
         <w:rPr>
           <w:color w:val="156082" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">DECLARATION OF AI-USE IN THIS </w:t>
-[...19 lines deleted...]
-        <w:commentReference w:id="3"/>
+        <w:t>DECLARATION OF AI-USE IN THIS ASSIGNMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D1C0C87" w14:textId="37EC760A" w:rsidR="00805F2B" w:rsidRPr="006D1853" w:rsidRDefault="00B16BC4" w:rsidP="00805F2B">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1853">
         <w:t xml:space="preserve">Your </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1853">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">[INSERT ASSIGNMENT TITLE AND WEIGHTING] </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1853">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidRPr="006D1853">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve">[INSERT MODULE TITLE] </w:t>
       </w:r>
@@ -726,75 +701,74 @@
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9934" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="438"/>
         <w:gridCol w:w="9496"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A91FC7" w14:paraId="75DB9A56" w14:textId="77777777" w:rsidTr="00357A05">
         <w:trPr>
           <w:trHeight w:val="1111"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5063EB55" w14:textId="0FC798CB" w:rsidR="00A91FC7" w:rsidRDefault="00D2529F" w:rsidP="00805F2B">
+          <w:p w14:paraId="5063EB55" w14:textId="0FC798CB" w:rsidR="00A91FC7" w:rsidRDefault="00000000" w:rsidP="00805F2B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic"/>
                   <w:b/>
                   <w:bCs/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="-1827122966"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A91FC7" w:rsidRPr="006D1853">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi"/>
                     <w:b/>
                     <w:bCs/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9496" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2447E9A8" w14:textId="0EFCB565" w:rsidR="00A91FC7" w:rsidRDefault="00A91FC7" w:rsidP="00805F2B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -802,73 +776,72 @@
             </w:pPr>
             <w:r w:rsidRPr="006D1853">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Where a generative Artificial Intelligence such as ChatGPT has been used I confirm I have abided by both the University guidance and specific requirements as set out in the IATL Student Handbook and Assignment Brief.</w:t>
             </w:r>
             <w:r w:rsidRPr="006D1853">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A91FC7" w14:paraId="5AC97F82" w14:textId="77777777" w:rsidTr="00357A05">
         <w:trPr>
           <w:trHeight w:val="357"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04BCB9F3" w14:textId="7DE1529E" w:rsidR="00A91FC7" w:rsidRDefault="00D2529F" w:rsidP="00805F2B">
+          <w:p w14:paraId="04BCB9F3" w14:textId="7DE1529E" w:rsidR="00A91FC7" w:rsidRDefault="00000000" w:rsidP="00805F2B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic"/>
                   <w:iCs/>
                 </w:rPr>
                 <w:id w:val="1545023266"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A91FC7" w:rsidRPr="006D1853">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi"/>
                     <w:iCs/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9496" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5736578C" w14:textId="54B58644" w:rsidR="00A91FC7" w:rsidRPr="00A91FC7" w:rsidRDefault="00A91FC7" w:rsidP="00A91FC7">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D1853">
@@ -888,72 +861,71 @@
             <w:r w:rsidRPr="006D1853">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="006D1853">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A91FC7" w14:paraId="27CF5CE2" w14:textId="77777777" w:rsidTr="00357A05">
         <w:trPr>
           <w:trHeight w:val="1111"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="438" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F2D7C68" w14:textId="38096FE8" w:rsidR="00A91FC7" w:rsidRDefault="00D2529F" w:rsidP="00805F2B">
+          <w:p w14:paraId="7F2D7C68" w14:textId="38096FE8" w:rsidR="00A91FC7" w:rsidRDefault="00000000" w:rsidP="00805F2B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic"/>
                 </w:rPr>
                 <w:id w:val="1832559066"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A91FC7" w:rsidRPr="006D1853">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Gothic" w:hAnsiTheme="minorHAnsi"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9496" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F0AAE5A" w14:textId="7A035799" w:rsidR="00A91FC7" w:rsidRPr="00A91FC7" w:rsidRDefault="00A91FC7" w:rsidP="00805F2B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D1853">
               <w:rPr>
@@ -1007,51 +979,51 @@
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00116BAF">
         <w:rPr>
           <w:color w:val="156082" w:themeColor="accent1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ETHICS APPROVAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04739290" w14:textId="69647618" w:rsidR="00357A05" w:rsidRDefault="006E40B0" w:rsidP="002E4C78">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1853">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001F3C4D" w:rsidRPr="006D1853">
         <w:t xml:space="preserve">If your work involves working with human participants, you will have had to seek </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="007D1CC5" w:rsidRPr="006D1853">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Ethics</w:t>
         </w:r>
         <w:r w:rsidR="007D1CC5" w:rsidRPr="006D1853">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t xml:space="preserve"> Approval</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001F3C4D" w:rsidRPr="006D1853">
         <w:t xml:space="preserve"> for your assignment. You must attach the approved documents and confirmation of approval letter into Tabula with your assignment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E7E9C66" w14:textId="0FADC85E" w:rsidR="00357A05" w:rsidRDefault="00357A05" w:rsidP="00357A05">
       <w:pPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="006D1853">
         <w:rPr>
@@ -1480,113 +1452,73 @@
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="009650A1">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">You may type your </w:t>
       </w:r>
       <w:r w:rsidR="009A04E3">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>name</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00680047" w:rsidRPr="001F3C4D" w:rsidSect="00805F2B">
-      <w:headerReference w:type="default" r:id="rId13"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11909" w:h="16838"/>
       <w:pgMar w:top="709" w:right="1136" w:bottom="851" w:left="1247" w:header="57" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...38 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0CE3CEAE" w14:textId="77777777" w:rsidR="00F4234B" w:rsidRDefault="00F4234B">
+    <w:p w14:paraId="6BAE161E" w14:textId="77777777" w:rsidR="00BE4067" w:rsidRDefault="00BE4067">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38FB8477" w14:textId="77777777" w:rsidR="00F4234B" w:rsidRDefault="00F4234B">
+    <w:p w14:paraId="033936F5" w14:textId="77777777" w:rsidR="00BE4067" w:rsidRDefault="00BE4067">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1684,58 +1616,58 @@
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
           </w:rPr>
           <w:t>Page</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4609D96C" w14:textId="77777777" w:rsidR="001F3C4D" w:rsidRDefault="001F3C4D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B2673C9" w14:textId="77777777" w:rsidR="00F4234B" w:rsidRDefault="00F4234B">
+    <w:p w14:paraId="0002C551" w14:textId="77777777" w:rsidR="00BE4067" w:rsidRDefault="00BE4067">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="585B7301" w14:textId="77777777" w:rsidR="00F4234B" w:rsidRDefault="00F4234B">
+    <w:p w14:paraId="2BF89632" w14:textId="77777777" w:rsidR="00BE4067" w:rsidRDefault="00BE4067">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2B996A7C" w14:textId="4E48B9FE" w:rsidR="007D1CC5" w:rsidRDefault="007D1CC5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2F5D274B" wp14:editId="77338AF6">
           <wp:extent cx="3448050" cy="771703"/>
           <wp:effectExtent l="0" t="0" r="0" b="9525"/>
           <wp:docPr id="18462770" name="Picture 2" descr="A logo for institute of teaching&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
@@ -2199,188 +2131,184 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="877623042">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="642076222">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2129736970">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="876232899">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001F3C4D"/>
     <w:rsid w:val="00077578"/>
     <w:rsid w:val="00116BAF"/>
     <w:rsid w:val="00122C57"/>
     <w:rsid w:val="00131CF2"/>
     <w:rsid w:val="001A2B60"/>
     <w:rsid w:val="001A413A"/>
     <w:rsid w:val="001F0EA5"/>
     <w:rsid w:val="001F2B83"/>
     <w:rsid w:val="001F3C4D"/>
     <w:rsid w:val="00216D95"/>
     <w:rsid w:val="002203E4"/>
     <w:rsid w:val="00234160"/>
     <w:rsid w:val="00237212"/>
+    <w:rsid w:val="00255198"/>
     <w:rsid w:val="00264EA2"/>
     <w:rsid w:val="002776B3"/>
     <w:rsid w:val="002A146A"/>
     <w:rsid w:val="002D5EAE"/>
     <w:rsid w:val="002E4C78"/>
     <w:rsid w:val="003412D0"/>
     <w:rsid w:val="00357A05"/>
     <w:rsid w:val="00361284"/>
     <w:rsid w:val="00370477"/>
     <w:rsid w:val="003705A9"/>
     <w:rsid w:val="003937D1"/>
     <w:rsid w:val="00395B6F"/>
     <w:rsid w:val="003B25B7"/>
     <w:rsid w:val="003B4EFB"/>
     <w:rsid w:val="00450CAD"/>
     <w:rsid w:val="0046262E"/>
     <w:rsid w:val="004647EF"/>
     <w:rsid w:val="004A7362"/>
     <w:rsid w:val="004E3D93"/>
     <w:rsid w:val="004E43A8"/>
     <w:rsid w:val="00533FBD"/>
     <w:rsid w:val="00546053"/>
     <w:rsid w:val="005470D0"/>
     <w:rsid w:val="0057318A"/>
     <w:rsid w:val="005739B3"/>
     <w:rsid w:val="00587188"/>
     <w:rsid w:val="005A48F5"/>
     <w:rsid w:val="005D33A6"/>
     <w:rsid w:val="005D5635"/>
     <w:rsid w:val="005D5855"/>
     <w:rsid w:val="005E7256"/>
+    <w:rsid w:val="005F047B"/>
     <w:rsid w:val="00613FDD"/>
     <w:rsid w:val="00680047"/>
     <w:rsid w:val="006A08F5"/>
     <w:rsid w:val="006D1853"/>
     <w:rsid w:val="006E40B0"/>
     <w:rsid w:val="0071274F"/>
     <w:rsid w:val="00740DBC"/>
     <w:rsid w:val="007A26D6"/>
     <w:rsid w:val="007D1CC5"/>
     <w:rsid w:val="007F4F6C"/>
     <w:rsid w:val="00804401"/>
     <w:rsid w:val="00805F2B"/>
     <w:rsid w:val="0080692F"/>
     <w:rsid w:val="0082017B"/>
     <w:rsid w:val="00835C38"/>
     <w:rsid w:val="008A47CA"/>
     <w:rsid w:val="008C089C"/>
     <w:rsid w:val="008E7863"/>
     <w:rsid w:val="0092706A"/>
     <w:rsid w:val="00935B66"/>
     <w:rsid w:val="0095470F"/>
     <w:rsid w:val="0096264F"/>
     <w:rsid w:val="009650A1"/>
     <w:rsid w:val="00975864"/>
     <w:rsid w:val="009A04E3"/>
     <w:rsid w:val="009D4180"/>
     <w:rsid w:val="009F3948"/>
     <w:rsid w:val="00A10462"/>
     <w:rsid w:val="00A37871"/>
     <w:rsid w:val="00A81CF3"/>
     <w:rsid w:val="00A91FC7"/>
     <w:rsid w:val="00AC3570"/>
     <w:rsid w:val="00B05B2A"/>
     <w:rsid w:val="00B16BC4"/>
     <w:rsid w:val="00B5351E"/>
     <w:rsid w:val="00B544EF"/>
     <w:rsid w:val="00B73DE4"/>
     <w:rsid w:val="00B751DF"/>
     <w:rsid w:val="00B84D3E"/>
     <w:rsid w:val="00BD2E4C"/>
     <w:rsid w:val="00BD51F4"/>
+    <w:rsid w:val="00BE4067"/>
     <w:rsid w:val="00BE466D"/>
     <w:rsid w:val="00CB180F"/>
     <w:rsid w:val="00CD2266"/>
     <w:rsid w:val="00CF19C9"/>
     <w:rsid w:val="00D136DE"/>
     <w:rsid w:val="00D13AD8"/>
     <w:rsid w:val="00D2529F"/>
     <w:rsid w:val="00D32D2A"/>
     <w:rsid w:val="00D33069"/>
     <w:rsid w:val="00D36603"/>
     <w:rsid w:val="00D60086"/>
     <w:rsid w:val="00D92B9E"/>
     <w:rsid w:val="00DA1CF1"/>
     <w:rsid w:val="00DA2E95"/>
     <w:rsid w:val="00E0677E"/>
     <w:rsid w:val="00E33238"/>
     <w:rsid w:val="00E6099A"/>
+    <w:rsid w:val="00E8345D"/>
     <w:rsid w:val="00E9625B"/>
     <w:rsid w:val="00EF5845"/>
     <w:rsid w:val="00F4234B"/>
     <w:rsid w:val="00F508AA"/>
     <w:rsid w:val="00F94C51"/>
     <w:rsid w:val="00FE4221"/>
     <w:rsid w:val="00FF34FB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -3514,51 +3442,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D1CC5"/>
     <w:rPr>
       <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/fac/cross_fac/iatl/study/ethics/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/fac/cross_fac/iatl/study/ethics/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -3837,69 +3765,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2493E8F-6595-4D21-8669-27162D1386F3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>395</Words>
-  <Characters>2256</Characters>
+  <Words>419</Words>
+  <Characters>2231</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>5</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>82</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2646</CharactersWithSpaces>
+  <CharactersWithSpaces>2603</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ward, Angela</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>