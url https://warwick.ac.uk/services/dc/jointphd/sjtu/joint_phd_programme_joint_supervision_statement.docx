--- v0 (2026-01-02)
+++ v1 (2026-02-08)
@@ -1,62 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2E141174" w14:textId="77777777" w:rsidR="00611661" w:rsidRDefault="00913509">
+    <w:p w14:paraId="2E141174" w14:textId="77777777" w:rsidR="00611661" w:rsidRDefault="00DE4218">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:pict w14:anchorId="41196504">
           <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
             <v:formulas>
               <v:f eqn="sum #0 0 10800"/>
               <v:f eqn="prod #0 2 1"/>
               <v:f eqn="sum 21600 0 @1"/>
               <v:f eqn="sum 0 0 @2"/>
               <v:f eqn="sum 21600 0 @3"/>
               <v:f eqn="if @0 @3 0"/>
               <v:f eqn="if @0 21600 @1"/>
               <v:f eqn="if @0 0 @2"/>
               <v:f eqn="if @0 @4 21600"/>
               <v:f eqn="mid @5 @6"/>
@@ -1296,97 +1295,88 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="006CAB"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>7. Course Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46D63C86" w14:textId="13B7A3A5" w:rsidR="00611661" w:rsidRDefault="002E225A">
+          <w:p w14:paraId="46D63C86" w14:textId="47BEED1E" w:rsidR="00611661" w:rsidRDefault="002E225A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>The relevant course information (such as course duration, commencement date, program</w:t>
             </w:r>
             <w:r w:rsidR="0096452E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t>me</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t xml:space="preserve"> requirements will be outlined in the offers of admission sent by each institution.</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00611661" w14:paraId="2DD19240" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="231" w:type="dxa"/>
           <w:trHeight w:val="799"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4400" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="65E3B260" w14:textId="77777777" w:rsidR="00611661" w:rsidRDefault="002E225A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
@@ -1430,101 +1420,81 @@
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="120" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
               <w:t xml:space="preserve">In order to support and facilitate a student’s progress towards thesis submission, the student must maintain regular contact with both institutions and all supervisors. Each institution's progress management requirements must be complied with. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68EED796" w14:textId="3021BD4A" w:rsidR="00611661" w:rsidRDefault="002E225A">
+          <w:p w14:paraId="68EED796" w14:textId="77777777" w:rsidR="00611661" w:rsidRDefault="002E225A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:highlight w:val="white"/>
               </w:rPr>
-              <w:t xml:space="preserve">The progress milestones are normally scheduled for 12, 24 and 36 months post commencement, and can be achieved by completing the Home Institution requirements. If the milestone falls due while the student is located at the Host Institution, evidence of equivalence having </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> achieved must be provided to the Home Institution by the student.</w:t>
+              <w:t>The progress milestones are normally scheduled for 12, 24 and 36 months post commencement, and can be achieved by completing the Home Institution requirements. If the milestone falls due while the student is located at the Host Institution, evidence of equivalence having being achieved must be provided to the Home Institution by the student.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00611661" w14:paraId="6EAABF85" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="231" w:type="dxa"/>
           <w:trHeight w:val="964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4400" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5BE46549" w14:textId="77777777" w:rsidR="00611661" w:rsidRDefault="002E225A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
@@ -1836,97 +1806,79 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:b/>
                 <w:color w:val="006CAB"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>11. Student’s Anticipated Dates at Host Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C130FE3" w14:textId="19677C5A" w:rsidR="00611661" w:rsidRDefault="002E225A">
+          <w:p w14:paraId="6C130FE3" w14:textId="1C04CA59" w:rsidR="00611661" w:rsidRDefault="002E225A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="120" w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">The student is required to spend a minimum </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">12 months at the Host Institution. Dates below are the anticipated travel dates that have been decided in consultation with the student. </w:t>
+              <w:t xml:space="preserve">The student is required to spend a minimum 12 months at the Host Institution. Dates below are the anticipated travel dates that have been decided in consultation with the student. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32556217" w14:textId="77777777" w:rsidR="00611661" w:rsidRDefault="002E225A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -2873,198 +2825,198 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">They </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>have</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> read and understood this form.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0434B636" w14:textId="3E37B464" w:rsidR="00611661" w:rsidRDefault="002E225A">
+    <w:p w14:paraId="44A97BDB" w14:textId="12B9E288" w:rsidR="00DE4218" w:rsidRPr="00DE4218" w:rsidRDefault="00DE4218" w:rsidP="00DE4218">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4218">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">They have read the University of Warwick’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
+        <w:r w:rsidRPr="00DE4218">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Student Privacy Notice</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00DE4218">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0434B636" w14:textId="52995411" w:rsidR="00611661" w:rsidRDefault="002E225A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">If they have any questions about how </w:t>
       </w:r>
       <w:r w:rsidR="008270FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>SJTU</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is collecting and handling their personal information, to contact </w:t>
+        <w:t xml:space="preserve"> is collecting and handling their personal information, </w:t>
+      </w:r>
+      <w:r w:rsidR="008E5079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contact </w:t>
       </w:r>
       <w:r w:rsidR="008270FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>SJTU</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">’s </w:t>
+        <w:t>’s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00913509">
+      <w:r w:rsidR="008E5079">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Office</w:t>
-[...17 lines deleted...]
-        <w:t>f Strategic Planning and Office of Information</w:t>
+        <w:t xml:space="preserve"> International Affairs Office of Graduate School</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00913509" w:rsidRPr="00405F9F">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="008E5079" w:rsidRPr="00D0350A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
           </w:rPr>
-          <w:t>Zhanglei1987@sjtu.edu.cn</w:t>
+          <w:t>gs.global@sjtu.edu.cn</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008270FF">
-        <w:t>.</w:t>
-[...43 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A67050C" w14:textId="77777777" w:rsidR="00611661" w:rsidRDefault="00611661">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D39601F" w14:textId="77777777" w:rsidR="00611661" w:rsidRDefault="00611661">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -3221,76 +3173,76 @@
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00611661">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="340C1CDC" w14:textId="77777777" w:rsidR="002E225A" w:rsidRDefault="002E225A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="78CC817A" w14:textId="77777777" w:rsidR="002E225A" w:rsidRDefault="002E225A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Noto Sans Symbols">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3321,104 +3273,104 @@
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="76A89EB1" w14:textId="77777777" w:rsidR="00611661" w:rsidRDefault="00611661">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3DDCD1E7" w14:textId="77777777" w:rsidR="00611661" w:rsidRDefault="00611661"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="107FA3FA" w14:textId="77777777" w:rsidR="00611661" w:rsidRDefault="002E225A">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00944A01">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="33CD7A03" w14:textId="77777777" w:rsidR="00611661" w:rsidRDefault="002E225A">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -3431,290 +3383,295 @@
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00944A01">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6CCE976F" w14:textId="77777777" w:rsidR="00611661" w:rsidRDefault="00611661"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="248B6E8F" w14:textId="77777777" w:rsidR="002E225A" w:rsidRDefault="002E225A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3EDE56D1" w14:textId="77777777" w:rsidR="002E225A" w:rsidRDefault="002E225A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2AA0B296" w14:textId="77777777" w:rsidR="00611661" w:rsidRDefault="00611661">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="71EFF3EA" w14:textId="77777777" w:rsidR="00611661" w:rsidRDefault="00611661"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="04377FE4" w14:textId="77777777" w:rsidR="00611661" w:rsidRDefault="00611661">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="975"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="3C6EA305" w14:textId="0B4B442A" w:rsidR="00611661" w:rsidRDefault="00F02335">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3C6EA305" w14:textId="365E1DB9" w:rsidR="00611661" w:rsidRDefault="00AA0826">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07ECEFE0" wp14:editId="3D5EA6C0">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26B39839" wp14:editId="61CFC701">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-226971</wp:posOffset>
+            <wp:posOffset>-174625</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1330325" cy="711835"/>
-[...10 lines deleted...]
-          <wp:docPr id="1418750061" name="Picture 1" descr="A logo for a university&#10;&#10;Description automatically generated"/>
+          <wp:extent cx="1970097" cy="648000"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1759560906" name="图片 1" descr="A red text on a black background&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1418750061" name="Picture 1" descr="A logo for a university&#10;&#10;Description automatically generated"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="1759560906" name="图片 1" descr="A red text on a black background&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
-                  <a:blip r:embed="rId1">
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect t="15853" b="16400"/>
-                  <a:stretch/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1330325" cy="711835"/>
+                    <a:ext cx="1970097" cy="648000"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="en-GB" w:eastAsia="zh-CN"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F930658" wp14:editId="4302B724">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>left</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-153035</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2160000" cy="597960"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="20659"/>
+              <wp:lineTo x="17148" y="20659"/>
+              <wp:lineTo x="18101" y="20659"/>
+              <wp:lineTo x="21340" y="20659"/>
+              <wp:lineTo x="21340" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="1039644888" name="Picture 1" descr="A black text on a black background&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1039644888" name="Picture 1" descr="A black text on a black background&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect l="12676" t="28101" r="12412" b="26823"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="597960"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
-[...65 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F434A70"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DB6431F4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4620,150 +4577,147 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...3 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="164"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00611661"/>
     <w:rsid w:val="00097599"/>
-    <w:rsid w:val="000F3B52"/>
     <w:rsid w:val="0010748A"/>
     <w:rsid w:val="001417A2"/>
     <w:rsid w:val="0017201C"/>
     <w:rsid w:val="00173A51"/>
+    <w:rsid w:val="00193B83"/>
     <w:rsid w:val="00276ECA"/>
     <w:rsid w:val="00296566"/>
     <w:rsid w:val="002E225A"/>
     <w:rsid w:val="002F4D09"/>
-    <w:rsid w:val="002F7CE5"/>
+    <w:rsid w:val="0033159B"/>
     <w:rsid w:val="003A12E3"/>
     <w:rsid w:val="003A7900"/>
     <w:rsid w:val="004E51E9"/>
     <w:rsid w:val="00506742"/>
     <w:rsid w:val="00611661"/>
     <w:rsid w:val="00640F18"/>
     <w:rsid w:val="006851CA"/>
     <w:rsid w:val="00690748"/>
     <w:rsid w:val="006C6E65"/>
     <w:rsid w:val="00786E80"/>
     <w:rsid w:val="007E51E1"/>
     <w:rsid w:val="007F630F"/>
     <w:rsid w:val="008270FF"/>
-    <w:rsid w:val="00913509"/>
+    <w:rsid w:val="008E5079"/>
     <w:rsid w:val="00925C98"/>
     <w:rsid w:val="00944A01"/>
     <w:rsid w:val="0096452E"/>
     <w:rsid w:val="00A7073E"/>
-    <w:rsid w:val="00AA0018"/>
+    <w:rsid w:val="00AA0826"/>
     <w:rsid w:val="00B339E1"/>
     <w:rsid w:val="00CF0068"/>
-    <w:rsid w:val="00D17EF7"/>
     <w:rsid w:val="00D85E69"/>
     <w:rsid w:val="00DD62F0"/>
+    <w:rsid w:val="00DE4218"/>
     <w:rsid w:val="00DF313F"/>
     <w:rsid w:val="00F02335"/>
     <w:rsid w:val="00F14945"/>
     <w:rsid w:val="00F52401"/>
     <w:rsid w:val="00FC7DE1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="49C5BFDC"/>
   <w15:docId w15:val="{8FC254D0-BEAB-4045-9259-E8FF60B55AF4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6097,69 +6051,69 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="115" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00913509"/>
+    <w:rsid w:val="008E5079"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Zhanglei1987@sjtu.edu.cn" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/services/legalandcomplianceservices/dataprotection/privacynotices/student-privacy/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://warwick.ac.uk/services/legalandcomplianceservices/dataprotection/privacynotices/student-privacy/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gs.global@sjtu.edu.cn" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6425,75 +6379,75 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mipKbuGwzeU+/vyd1N54vMeWJYwSA==">AMUW2mWxSp9xc9/v4YtYqjqokB1n5e8UA/zK5ZmrvC+I15JsqXmM0pBX1qvR2HUo2F3JMiemWU/W60OGqRpBI33rwn8xGwuDrkqgYRyLfDAZBgnXVLKV2V2vZqnp61Bw3aZA2nLz/JXA1AsO9IpccQTne9BOnHQfqhlGKdgrrzMLXiQdkmGuKMPotmr26/smO+bObjx/nImIPuNVxC2eX4Kr1JY2Q80M6GrvXhtFpUBbTReb9vMCLuNtIabUoqo0HadJPaEl3Q9ckZow0xCZMl+cGnLktNAu6NkWZtueas/cYVA8dbHVMoGC6tysOdU2ZX5WAXMWWAB6</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>744</Words>
-  <Characters>4071</Characters>
+  <Words>741</Words>
+  <Characters>4256</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>75</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>125</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4754</CharactersWithSpaces>
+  <CharactersWithSpaces>4933</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Wang Hui</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D6CCDD3727D24548B78E7110602700B7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
     <vt:lpwstr>5c4c7f493f1cf6e2770a08204f08b5395de1ec3b46234ab664b733b1dc43af75</vt:lpwstr>
   </property>
 </Properties>