--- v0 (2025-12-22)
+++ v1 (2026-02-17)
@@ -1579,103 +1579,115 @@
       <w:r w:rsidRPr="004E3725">
         <w:t xml:space="preserve"> adverse effect on [</w:t>
       </w:r>
       <w:r w:rsidR="00A32506" w:rsidRPr="004E3725">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="005B2087" w:rsidRPr="004E3725">
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidRPr="004E3725">
         <w:t>] ability to carry out normal day-to-day activities</w:t>
       </w:r>
       <w:r w:rsidRPr="004E3725">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r w:rsidR="003E7214" w:rsidRPr="004E3725">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="004E3725">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48AA958E" w14:textId="6AC72660" w:rsidR="004118D8" w:rsidRPr="004E3725" w:rsidRDefault="004118D8" w:rsidP="00EB7621">
+    <w:p w14:paraId="48AA958E" w14:textId="19BE1D3C" w:rsidR="004118D8" w:rsidRPr="004E3725" w:rsidRDefault="004118D8" w:rsidP="00EB7621">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004E3725">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
-        <w:t>In addition to our legal duty to provide reasonable adjustments for disabled staff, the University’s adjustments process covers staff who need support in relation to other personal circumstances, needs, or identities. For example, needs relating to faith, caring responsibilities, gender confirmation, menopause, pregnancy, etc.</w:t>
+        <w:t>In addition to our legal duty to provide reasonable adjustments for disabled staff, the University’s adjustments process covers staff who need support in relation to other personal circumstances, needs, or identities. For example, needs relating to faith, caring responsibilities</w:t>
+      </w:r>
+      <w:r w:rsidR="00420C5B">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:footnoteReference w:id="7"/>
+      </w:r>
+      <w:r w:rsidRPr="004E3725">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, gender confirmation, menopause, pregnancy, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="371BDA4D" w14:textId="56EC14F6" w:rsidR="00EB7621" w:rsidRPr="004E3725" w:rsidRDefault="00EB7621" w:rsidP="00EB7621">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="004E3725">
         <w:t>Sickness absence</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="670EBAA6" w14:textId="77777777" w:rsidR="007B439C" w:rsidRPr="004E3725" w:rsidRDefault="004A2697" w:rsidP="004118D8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004E3725">
+        <w:lastRenderedPageBreak/>
         <w:t>The University acknowledges that sickness absence may result from disability/long-</w:t>
       </w:r>
       <w:r w:rsidR="00A02483" w:rsidRPr="004E3725">
         <w:t>term conditions</w:t>
       </w:r>
       <w:r w:rsidRPr="004E3725">
         <w:t xml:space="preserve">. Therefore, staff can report sickness absences as “disability related”. </w:t>
       </w:r>
       <w:r w:rsidR="00A02483" w:rsidRPr="004E3725">
         <w:t>This provides</w:t>
       </w:r>
       <w:r w:rsidRPr="004E3725">
         <w:t xml:space="preserve"> an opportunity for the Human Resources Business Partner to work with the </w:t>
       </w:r>
       <w:r w:rsidR="00A02483" w:rsidRPr="004E3725">
-        <w:t xml:space="preserve">staff </w:t>
-[...3 lines deleted...]
-        <w:t>member</w:t>
+        <w:t>staff member</w:t>
       </w:r>
       <w:r w:rsidRPr="004E3725">
         <w:t xml:space="preserve"> and their line manager to identify any reasonable adjustments which could be </w:t>
       </w:r>
       <w:r w:rsidR="00A02483" w:rsidRPr="004E3725">
         <w:t>put in</w:t>
       </w:r>
       <w:r w:rsidRPr="004E3725">
         <w:t xml:space="preserve"> place to help the staff member return to work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="712A47AD" w14:textId="77777777" w:rsidR="00872DEA" w:rsidRPr="004E3725" w:rsidRDefault="004A2697" w:rsidP="004118D8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004E3725">
         <w:t xml:space="preserve">In addition, disability-related </w:t>
       </w:r>
       <w:r w:rsidR="00A02483" w:rsidRPr="004E3725">
         <w:t>leave should</w:t>
       </w:r>
@@ -2127,77 +2139,74 @@
       </w:r>
       <w:r w:rsidR="00DD7AA4" w:rsidRPr="004E3725">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t>webpages.</w:t>
       </w:r>
       <w:r w:rsidR="00A27777" w:rsidRPr="004E3725">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> See associated documents below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21182F29" w14:textId="3684E181" w:rsidR="00F27C01" w:rsidRPr="004E3725" w:rsidRDefault="00F27C01" w:rsidP="00F27C01">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004E3725">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Personal information relating to adjustments will be stored in accordance with the University’s </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="004E3725">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Data Protection Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004E3725">
         <w:t xml:space="preserve">. The </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="004E3725">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Staff Privacy Notice</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004E3725">
-        <w:t xml:space="preserve"> outlines how the University will </w:t>
-[...3 lines deleted...]
-        <w:t>collect and use (process) personal data and what rights staff have in relation to that data. If it is needed, staff and line managers should discuss whether information can be shared with contacts in relevant teams (e.g., Human Resources, Occupational Health) – this is on a need-to-know basis and only with the individual’s explicit consent.</w:t>
+        <w:t xml:space="preserve"> outlines how the University will collect and use (process) personal data and what rights staff have in relation to that data. If it is needed, staff and line managers should discuss whether information can be shared with contacts in relevant teams (e.g., Human Resources, Occupational Health) – this is on a need-to-know basis and only with the individual’s explicit consent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AE5BDE3" w14:textId="1AFD093C" w:rsidR="00F27C01" w:rsidRPr="004E3725" w:rsidRDefault="00F27C01" w:rsidP="00F27C01">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="004E3725">
         <w:t xml:space="preserve">The University recognises that, although it aims to provide all staff with a high-quality level of support, there may be occasions where expectations are not met. On occasions, where the support falls short of what might reasonably be expected, staff can also submit a grievance. The </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="004E3725">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Grievance Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004E3725">
         <w:t xml:space="preserve"> provides a framework for the consideration of grievances in a fair, consistent, timely and effective manner.</w:t>
       </w:r>
     </w:p>
@@ -2296,51 +2305,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t>Please also refer to the following policies</w:t>
       </w:r>
       <w:r w:rsidR="007D698D" w:rsidRPr="004E3725">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004E3725">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> as relevant</w:t>
       </w:r>
       <w:r w:rsidR="00891A90" w:rsidRPr="004E3725">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
-        <w:footnoteReference w:id="7"/>
+        <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidRPr="004E3725">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="128D583B" w14:textId="77777777" w:rsidR="000F3F02" w:rsidRPr="004E3725" w:rsidRDefault="000F3F02" w:rsidP="000F3F02">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="004E3725">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -2921,50 +2930,111 @@
       <w:r w:rsidRPr="00B623B0">
         <w:t>'Long-term' means that the effect of the impairment has lasted or is likely to last for at least twelve months.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="1EE0A946" w14:textId="77777777" w:rsidR="0033115E" w:rsidRDefault="0033115E" w:rsidP="0033115E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B623B0">
         <w:t>'Normal day-to-day activities' include everyday things like eating, washing, walking, and going shopping.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
+    <w:p w14:paraId="2D744F67" w14:textId="41E37CF5" w:rsidR="00420C5B" w:rsidRDefault="00420C5B">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA75F2">
+        <w:t>For the purposes of this policy,</w:t>
+      </w:r>
+      <w:r w:rsidR="0055005E">
+        <w:t xml:space="preserve"> caring responsibilities means </w:t>
+      </w:r>
+      <w:r w:rsidR="0055005E" w:rsidRPr="0055005E">
+        <w:t xml:space="preserve">providing unpaid care to a dependant, because of </w:t>
+      </w:r>
+      <w:r w:rsidR="0055005E">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="0055005E" w:rsidRPr="0055005E">
+        <w:t>long-term physical or mental health disability or age-related problems</w:t>
+      </w:r>
+      <w:r w:rsidR="0055005E">
+        <w:t>. A</w:t>
+      </w:r>
+      <w:r w:rsidR="0055005E" w:rsidRPr="0055005E">
+        <w:t xml:space="preserve"> dependant is defined as a spouse, child or parent of the employee</w:t>
+      </w:r>
+      <w:r w:rsidR="0055005E">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0055005E" w:rsidRPr="0055005E">
+        <w:t xml:space="preserve"> someone who lives in the same household as the </w:t>
+      </w:r>
+      <w:r w:rsidR="0055005E">
+        <w:t>staff member</w:t>
+      </w:r>
+      <w:r w:rsidR="0055005E" w:rsidRPr="0055005E">
+        <w:t xml:space="preserve"> (other than as a tenant or lodger</w:t>
+      </w:r>
+      <w:r w:rsidR="0055005E">
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidR="0055005E" w:rsidRPr="0055005E">
+        <w:t xml:space="preserve"> or someone who reasonably relies on the</w:t>
+      </w:r>
+      <w:r w:rsidR="0055005E">
+        <w:t xml:space="preserve"> staff member</w:t>
+      </w:r>
+      <w:r w:rsidR="0055005E" w:rsidRPr="0055005E">
+        <w:t xml:space="preserve"> to provide or arrange care.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="8">
     <w:p w14:paraId="712E4421" w14:textId="1AAA2AF2" w:rsidR="00891A90" w:rsidRDefault="00891A90">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00586DD8">
         <w:t>N</w:t>
       </w:r>
       <w:r>
         <w:t>ote</w:t>
       </w:r>
       <w:r w:rsidR="00586DD8">
         <w:t xml:space="preserve"> that</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> some of these policies apply to employees only</w:t>
       </w:r>
@@ -6258,51 +6328,51 @@
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="403375615">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1230965309">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="2022273209">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1811945622">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="885096034">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="86773661">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -6396,50 +6466,51 @@
     <w:rsid w:val="001A7B2C"/>
     <w:rsid w:val="001B3133"/>
     <w:rsid w:val="001B37DD"/>
     <w:rsid w:val="001B3860"/>
     <w:rsid w:val="001B3D7E"/>
     <w:rsid w:val="001B4081"/>
     <w:rsid w:val="001B57FB"/>
     <w:rsid w:val="001C1A1F"/>
     <w:rsid w:val="001C1C0C"/>
     <w:rsid w:val="001C69B9"/>
     <w:rsid w:val="001D174C"/>
     <w:rsid w:val="001D1882"/>
     <w:rsid w:val="001D7A6E"/>
     <w:rsid w:val="001E5DBF"/>
     <w:rsid w:val="001F11DB"/>
     <w:rsid w:val="001F34DE"/>
     <w:rsid w:val="001F3728"/>
     <w:rsid w:val="001F4245"/>
     <w:rsid w:val="001F47C4"/>
     <w:rsid w:val="001F4E55"/>
     <w:rsid w:val="001F59C0"/>
     <w:rsid w:val="001F66DE"/>
     <w:rsid w:val="001F6B72"/>
     <w:rsid w:val="00206C20"/>
     <w:rsid w:val="00207714"/>
+    <w:rsid w:val="002079E2"/>
     <w:rsid w:val="00222AE4"/>
     <w:rsid w:val="00223DF4"/>
     <w:rsid w:val="002256E0"/>
     <w:rsid w:val="002260FF"/>
     <w:rsid w:val="0023098E"/>
     <w:rsid w:val="00230D7A"/>
     <w:rsid w:val="002315CD"/>
     <w:rsid w:val="002330DB"/>
     <w:rsid w:val="002433B0"/>
     <w:rsid w:val="002447C2"/>
     <w:rsid w:val="00245098"/>
     <w:rsid w:val="002524FA"/>
     <w:rsid w:val="00254466"/>
     <w:rsid w:val="0025704A"/>
     <w:rsid w:val="002571F6"/>
     <w:rsid w:val="00261857"/>
     <w:rsid w:val="00261942"/>
     <w:rsid w:val="0026353C"/>
     <w:rsid w:val="00264D57"/>
     <w:rsid w:val="002651A6"/>
     <w:rsid w:val="00270555"/>
     <w:rsid w:val="00275990"/>
     <w:rsid w:val="00276B06"/>
     <w:rsid w:val="002818D7"/>
     <w:rsid w:val="0029019F"/>
@@ -6504,50 +6575,51 @@
     <w:rsid w:val="003A2466"/>
     <w:rsid w:val="003A34A7"/>
     <w:rsid w:val="003A4F67"/>
     <w:rsid w:val="003A7CE7"/>
     <w:rsid w:val="003B2EA9"/>
     <w:rsid w:val="003B3DF3"/>
     <w:rsid w:val="003B43F9"/>
     <w:rsid w:val="003B4A2A"/>
     <w:rsid w:val="003B5A2E"/>
     <w:rsid w:val="003C283B"/>
     <w:rsid w:val="003C5A39"/>
     <w:rsid w:val="003C6590"/>
     <w:rsid w:val="003C7A03"/>
     <w:rsid w:val="003D2920"/>
     <w:rsid w:val="003D298D"/>
     <w:rsid w:val="003E5045"/>
     <w:rsid w:val="003E5526"/>
     <w:rsid w:val="003E5A65"/>
     <w:rsid w:val="003E7214"/>
     <w:rsid w:val="00400092"/>
     <w:rsid w:val="004043B1"/>
     <w:rsid w:val="00404501"/>
     <w:rsid w:val="004118D8"/>
     <w:rsid w:val="004127F4"/>
     <w:rsid w:val="00417C78"/>
+    <w:rsid w:val="00420C5B"/>
     <w:rsid w:val="004257DA"/>
     <w:rsid w:val="00432B5B"/>
     <w:rsid w:val="0043336E"/>
     <w:rsid w:val="004337D0"/>
     <w:rsid w:val="004408AE"/>
     <w:rsid w:val="0044404F"/>
     <w:rsid w:val="004444BF"/>
     <w:rsid w:val="0044507B"/>
     <w:rsid w:val="00446CF1"/>
     <w:rsid w:val="00450274"/>
     <w:rsid w:val="00453DF6"/>
     <w:rsid w:val="004542E0"/>
     <w:rsid w:val="00456A77"/>
     <w:rsid w:val="0045744D"/>
     <w:rsid w:val="00461391"/>
     <w:rsid w:val="0046460A"/>
     <w:rsid w:val="00464B65"/>
     <w:rsid w:val="0046681D"/>
     <w:rsid w:val="00470EED"/>
     <w:rsid w:val="0048061E"/>
     <w:rsid w:val="0048102A"/>
     <w:rsid w:val="004822F4"/>
     <w:rsid w:val="004826E2"/>
     <w:rsid w:val="00483795"/>
     <w:rsid w:val="00484746"/>
@@ -6574,50 +6646,51 @@
     <w:rsid w:val="004E4EEF"/>
     <w:rsid w:val="004E5EED"/>
     <w:rsid w:val="004F1AFB"/>
     <w:rsid w:val="004F78DF"/>
     <w:rsid w:val="00500D0F"/>
     <w:rsid w:val="005061F0"/>
     <w:rsid w:val="00506B76"/>
     <w:rsid w:val="0051001F"/>
     <w:rsid w:val="00510A9F"/>
     <w:rsid w:val="00511C01"/>
     <w:rsid w:val="00513473"/>
     <w:rsid w:val="00513755"/>
     <w:rsid w:val="00516F77"/>
     <w:rsid w:val="00523A20"/>
     <w:rsid w:val="00524EAD"/>
     <w:rsid w:val="005256E2"/>
     <w:rsid w:val="00534337"/>
     <w:rsid w:val="005378E2"/>
     <w:rsid w:val="00537948"/>
     <w:rsid w:val="0054128E"/>
     <w:rsid w:val="005448B1"/>
     <w:rsid w:val="00544CA2"/>
     <w:rsid w:val="005458CC"/>
     <w:rsid w:val="00545CDA"/>
     <w:rsid w:val="00545F2E"/>
+    <w:rsid w:val="0055005E"/>
     <w:rsid w:val="00555DEC"/>
     <w:rsid w:val="0056138E"/>
     <w:rsid w:val="00562F94"/>
     <w:rsid w:val="00563DE7"/>
     <w:rsid w:val="00566975"/>
     <w:rsid w:val="00567AE7"/>
     <w:rsid w:val="005709E8"/>
     <w:rsid w:val="00570D01"/>
     <w:rsid w:val="00572296"/>
     <w:rsid w:val="00574BC3"/>
     <w:rsid w:val="005814DF"/>
     <w:rsid w:val="00582FDB"/>
     <w:rsid w:val="00586DD8"/>
     <w:rsid w:val="00595E5E"/>
     <w:rsid w:val="00596645"/>
     <w:rsid w:val="005A0670"/>
     <w:rsid w:val="005A137D"/>
     <w:rsid w:val="005A2296"/>
     <w:rsid w:val="005A25BA"/>
     <w:rsid w:val="005A3828"/>
     <w:rsid w:val="005A3B5A"/>
     <w:rsid w:val="005A5DF0"/>
     <w:rsid w:val="005A722E"/>
     <w:rsid w:val="005B0427"/>
     <w:rsid w:val="005B2087"/>
@@ -6914,50 +6987,51 @@
     <w:rsid w:val="00B4293B"/>
     <w:rsid w:val="00B42DA2"/>
     <w:rsid w:val="00B4548C"/>
     <w:rsid w:val="00B45AB5"/>
     <w:rsid w:val="00B5106D"/>
     <w:rsid w:val="00B5213F"/>
     <w:rsid w:val="00B54A22"/>
     <w:rsid w:val="00B623B0"/>
     <w:rsid w:val="00B644D5"/>
     <w:rsid w:val="00B660F1"/>
     <w:rsid w:val="00B7085E"/>
     <w:rsid w:val="00B70C51"/>
     <w:rsid w:val="00B723C6"/>
     <w:rsid w:val="00B74DC6"/>
     <w:rsid w:val="00B803AD"/>
     <w:rsid w:val="00B80774"/>
     <w:rsid w:val="00B84770"/>
     <w:rsid w:val="00B87EB4"/>
     <w:rsid w:val="00B903D9"/>
     <w:rsid w:val="00B93AD3"/>
     <w:rsid w:val="00B94503"/>
     <w:rsid w:val="00B96176"/>
     <w:rsid w:val="00BA0ADE"/>
     <w:rsid w:val="00BA4689"/>
     <w:rsid w:val="00BA5BD9"/>
+    <w:rsid w:val="00BA75F2"/>
     <w:rsid w:val="00BD5D93"/>
     <w:rsid w:val="00BE10ED"/>
     <w:rsid w:val="00BE192F"/>
     <w:rsid w:val="00BE19A3"/>
     <w:rsid w:val="00BE1D4C"/>
     <w:rsid w:val="00BE2D09"/>
     <w:rsid w:val="00BE587E"/>
     <w:rsid w:val="00BF2206"/>
     <w:rsid w:val="00BF23C7"/>
     <w:rsid w:val="00BF5A54"/>
     <w:rsid w:val="00BF6996"/>
     <w:rsid w:val="00BF7CA8"/>
     <w:rsid w:val="00C00487"/>
     <w:rsid w:val="00C0227D"/>
     <w:rsid w:val="00C06A22"/>
     <w:rsid w:val="00C128B1"/>
     <w:rsid w:val="00C15422"/>
     <w:rsid w:val="00C17617"/>
     <w:rsid w:val="00C23A14"/>
     <w:rsid w:val="00C243F7"/>
     <w:rsid w:val="00C2796D"/>
     <w:rsid w:val="00C307DC"/>
     <w:rsid w:val="00C34065"/>
     <w:rsid w:val="00C345EE"/>
     <w:rsid w:val="00C34643"/>
@@ -8914,50 +8988,63 @@
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="912e3131-693e-47c0-9a5d-15eab5fc8d05">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="8a468031-9ddb-4ac1-acce-6d5ba55e1ed1" xsi:nil="true"/>
     <SharedWithUsers xmlns="8a468031-9ddb-4ac1-acce-6d5ba55e1ed1">
       <UserInfo>
         <DisplayName>Martin, Lorraine</DisplayName>
         <AccountId>12</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Hodges, Michaela</DisplayName>
         <AccountId>13</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B69B1807BA478A4BA6C57345A50EA405" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5e49266588f80f2053a56f34043b0c90">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="912e3131-693e-47c0-9a5d-15eab5fc8d05" xmlns:ns3="8a468031-9ddb-4ac1-acce-6d5ba55e1ed1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="95d3d4a075599888a62831daf13e5a5d" ns2:_="" ns3:_="">
     <xsd:import namespace="912e3131-693e-47c0-9a5d-15eab5fc8d05"/>
     <xsd:import namespace="8a468031-9ddb-4ac1-acce-6d5ba55e1ed1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -9168,109 +9255,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{673F46EA-0462-403A-AEB7-A53C11537F48}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="912e3131-693e-47c0-9a5d-15eab5fc8d05"/>
     <ds:schemaRef ds:uri="8a468031-9ddb-4ac1-acce-6d5ba55e1ed1"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6F1EF14-06F1-4B1B-ACEF-3B0B9D773733}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99F3F8E8-27D2-4ECF-BEFF-F40793541E5E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3314AA8-7989-4634-B522-D357E925016E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99F3F8E8-27D2-4ECF-BEFF-F40793541E5E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6F1EF14-06F1-4B1B-ACEF-3B0B9D773733}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="912e3131-693e-47c0-9a5d-15eab5fc8d05"/>
+    <ds:schemaRef ds:uri="8a468031-9ddb-4ac1-acce-6d5ba55e1ed1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>1802</Words>
-  <Characters>10276</Characters>
+  <Characters>10277</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>197</Lines>
-  <Paragraphs>99</Paragraphs>
+  <Lines>85</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>University of Warwick</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11979</CharactersWithSpaces>
+  <CharactersWithSpaces>12055</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Chuck, Elizabeth</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B69B1807BA478A4BA6C57345A50EA405</vt:lpwstr>
   </property>